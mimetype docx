--- v0 (2025-11-23)
+++ v1 (2026-03-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B77716B" w14:textId="0652BDD6" w:rsidR="004D7F76" w:rsidRPr="006356CC" w:rsidRDefault="0039728E" w:rsidP="006356CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(vormistada asutuse kirjaplangile)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1305F673" w14:textId="77777777" w:rsidR="0039728E" w:rsidRDefault="0039728E" w:rsidP="006356CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D8A4811" w14:textId="75247769" w:rsidR="008C2559" w:rsidRPr="0039728E" w:rsidRDefault="00E23364" w:rsidP="006356CC">
       <w:pPr>
@@ -92,105 +92,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Mustamäe tee 59, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7798A2B6" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="0039728E" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>10621 Tallinn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A71FF2" w14:textId="121D3E9F" w:rsidR="004D7F76" w:rsidRPr="0039728E" w:rsidRDefault="0010610A" w:rsidP="006356CC">
+    <w:p w14:paraId="35A71FF2" w14:textId="759EC42D" w:rsidR="004D7F76" w:rsidRPr="0039728E" w:rsidRDefault="009208AE" w:rsidP="006356CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="009208AE" w:rsidRPr="0039728E">
+        <w:r w:rsidRPr="0039728E">
           <w:rPr>
             <w:rStyle w:val="Hperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>info@huvikoolideliit.ee</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009208AE" w:rsidRPr="0039728E">
+      <w:r w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D7F76" w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="00C114D7" w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004D7F76" w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> kuu 20</w:t>
       </w:r>
       <w:r w:rsidR="00ED0AFD" w:rsidRPr="0039728E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00586132" w:rsidRPr="0039728E">
-[...3 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00AF17B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67815C41" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="0039728E" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68BD258B" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="0039728E" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B562FF8" w14:textId="77777777" w:rsidR="008C2559" w:rsidRPr="006356CC" w:rsidRDefault="008C2559" w:rsidP="006356CC">
@@ -511,109 +511,93 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D7F76" w:rsidRPr="006356CC" w14:paraId="3E86B39A" w14:textId="77777777" w:rsidTr="008156C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6983E488" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="006356CC" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006356CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Üldtelefon</w:t>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Üldtelefon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4768" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03E33576" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="006356CC" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D7F76" w:rsidRPr="006356CC" w14:paraId="4BA32852" w14:textId="77777777" w:rsidTr="008156C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50A4FC94" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="006356CC" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006356CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Üldmeil</w:t>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Üldmeil:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4768" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="647A873D" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="006356CC" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D7F76" w:rsidRPr="006356CC" w14:paraId="7CFF5D5A" w14:textId="77777777" w:rsidTr="008156C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D4EA09D" w14:textId="77777777" w:rsidR="004D7F76" w:rsidRPr="006356CC" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
@@ -701,60 +685,52 @@
           <w:p w14:paraId="3455CF1E" w14:textId="77777777" w:rsidR="00ED0AFD" w:rsidRDefault="00ED0AFD" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Huvikooli lühitutvustus</w:t>
             </w:r>
             <w:r w:rsidR="009208AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ajalugu, huvialad, jne)</w:t>
             </w:r>
             <w:r w:rsidR="00586132">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">, mis eristab teid teistest, </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, mis eristab teid teistest, slogan</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="619F7289" w14:textId="77777777" w:rsidR="00101C6F" w:rsidRDefault="00101C6F" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BF88E19" w14:textId="5AF77063" w:rsidR="00101C6F" w:rsidRPr="006356CC" w:rsidRDefault="00101C6F" w:rsidP="006356CC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -1525,64 +1501,62 @@
         <w:t xml:space="preserve">aastatasu </w:t>
       </w:r>
       <w:r w:rsidRPr="006356CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">üldkoosoleku otsuse alusel esitatavale arvele. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17EDC57E" w14:textId="0CCA722B" w:rsidR="004D7F76" w:rsidRDefault="004D7F76" w:rsidP="006356CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006356CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Muudatustest organisatsiooni andmetes teavitame koheselt </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED0AFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="006356CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>HKLi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0065490D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> kirjalikult</w:t>
       </w:r>
       <w:r w:rsidRPr="006356CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BE2D5F" w14:textId="77777777" w:rsidR="00C114D7" w:rsidRDefault="00C114D7" w:rsidP="006356CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75DF4AA2" w14:textId="77777777" w:rsidR="00C114D7" w:rsidRDefault="00C114D7" w:rsidP="006356CC">
@@ -1678,211 +1652,214 @@
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Organisatsioon</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C114D7" w:rsidRPr="006356CC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78758B57" w14:textId="77777777" w:rsidR="005568CD" w:rsidRDefault="005568CD" w:rsidP="00183CE1">
+    <w:p w14:paraId="52AAE346" w14:textId="77777777" w:rsidR="009B34FF" w:rsidRDefault="009B34FF" w:rsidP="00183CE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6284177F" w14:textId="77777777" w:rsidR="005568CD" w:rsidRDefault="005568CD" w:rsidP="00183CE1">
+    <w:p w14:paraId="5B91D875" w14:textId="77777777" w:rsidR="009B34FF" w:rsidRDefault="009B34FF" w:rsidP="00183CE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EF661F5" w14:textId="77777777" w:rsidR="005568CD" w:rsidRDefault="005568CD" w:rsidP="00183CE1">
+    <w:p w14:paraId="49410F41" w14:textId="77777777" w:rsidR="009B34FF" w:rsidRDefault="009B34FF" w:rsidP="00183CE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B500CA3" w14:textId="77777777" w:rsidR="005568CD" w:rsidRDefault="005568CD" w:rsidP="00183CE1">
+    <w:p w14:paraId="084F880D" w14:textId="77777777" w:rsidR="009B34FF" w:rsidRDefault="009B34FF" w:rsidP="00183CE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D7F76"/>
     <w:rsid w:val="00101C6F"/>
     <w:rsid w:val="00102BCF"/>
     <w:rsid w:val="0010610A"/>
     <w:rsid w:val="00183CE1"/>
     <w:rsid w:val="0039728E"/>
     <w:rsid w:val="004D7F76"/>
     <w:rsid w:val="005035ED"/>
     <w:rsid w:val="005568CD"/>
     <w:rsid w:val="00586132"/>
     <w:rsid w:val="006356CC"/>
     <w:rsid w:val="0065490D"/>
     <w:rsid w:val="006C6D17"/>
     <w:rsid w:val="006D64ED"/>
     <w:rsid w:val="007945DC"/>
     <w:rsid w:val="008156C4"/>
+    <w:rsid w:val="00853DFF"/>
     <w:rsid w:val="008C2559"/>
     <w:rsid w:val="008E3773"/>
     <w:rsid w:val="009208AE"/>
+    <w:rsid w:val="009B34FF"/>
     <w:rsid w:val="009E5111"/>
+    <w:rsid w:val="00AF17B3"/>
     <w:rsid w:val="00B41678"/>
     <w:rsid w:val="00B5575E"/>
     <w:rsid w:val="00BD279C"/>
     <w:rsid w:val="00C114D7"/>
     <w:rsid w:val="00D87DF4"/>
     <w:rsid w:val="00DE2832"/>
     <w:rsid w:val="00E23364"/>
     <w:rsid w:val="00E64A12"/>
+    <w:rsid w:val="00EA4559"/>
     <w:rsid w:val="00ED0AFD"/>
     <w:rsid w:val="00EE47E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="et-EE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="63A01977"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{38C16E61-28FF-4DE2-8A69-748FCE9DEFFE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="et-EE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2353,52 +2330,53 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normaallaad"/>
     <w:link w:val="JalusMrk"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00183CE1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="JalusMrk">
     <w:name w:val="Jalus Märk"/>
     <w:basedOn w:val="Liguvaikefont"/>
     <w:link w:val="Jalus"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00183CE1"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@huvikoolideliit.ee" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office'i kujundus">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2676,72 +2654,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{361B6AD2-2DD6-498E-89E4-41B6880F5003}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>191</Words>
-  <Characters>1109</Characters>
+  <Words>133</Words>
+  <Characters>1051</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pealkiri</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1298</CharactersWithSpaces>
+  <CharactersWithSpaces>1152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Evelyn Vällik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>